--- v0 (2025-11-02)
+++ v1 (2026-02-04)
@@ -1,251 +1,264 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7FEAAF72" w14:textId="7571F929" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="007D10A4">
+    <w:p w14:paraId="7FEAAF72" w14:textId="7571F929" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="00720885">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Title of the Research Paper </w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(Times New Roman, 1</w:t>
       </w:r>
       <w:r w:rsidR="00A463C0" w:rsidRPr="00A463C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>, Bold)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6959A83D" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="007D10A4">
+    <w:p w14:paraId="6959A83D" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="00720885">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:i/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>Author’s Name and Surname</w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>, Author’s Name and Surname</w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (12 font size)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9827DE" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="007D10A4">
+    <w:p w14:paraId="2F9827DE" w14:textId="7B8AB833" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="00720885">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:i/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>Affiliation, College,  (</w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
-        <w:t xml:space="preserve">10 font size), </w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00720885">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A463C0">
+        <w:rPr>
+          <w:lang w:val="tr-TR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> font size), </w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:i/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>Affiliation, College,  (</w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>11 font size)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B3E4537" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="007D10A4">
+    <w:p w14:paraId="7B3E4537" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="00720885">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:i/>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t xml:space="preserve">E-mail of corresponding author </w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:lang w:val="tr-TR"/>
         </w:rPr>
         <w:t>(11 font size)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF23975" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="007D10A4">
+    <w:p w14:paraId="1EF23975" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="00720885">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D92F553" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="007D10A4">
+    <w:p w14:paraId="4D92F553" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="00720885">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19DA575B" w14:textId="351799A1" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="007D10A4">
+    <w:p w14:paraId="19DA575B" w14:textId="351799A1" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="00720885">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk118811628"/>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ABSTRACT</w:t>
@@ -262,93 +275,93 @@
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(1</w:t>
       </w:r>
       <w:r w:rsidR="00553C17" w:rsidRPr="00A463C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bold)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68560E9B" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="007D10A4">
+    <w:p w14:paraId="68560E9B" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="00720885">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="387" w:firstLine="0"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk118811654"/>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">The abstract should encapsulate the brief summary of the research article including the corresponding keywords that allow other researchers to search your article. Also, it should capture the general information about your paper for your readers to have a clear picture of what your article is all about. It does not only provide the general scope of your research but also includes the essential result of your study and the conclusion that can be drawn from the result. </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 12)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487B3443" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="007D10A4">
+    <w:p w14:paraId="487B3443" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="00720885">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3990D405" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="007D10A4">
+    <w:p w14:paraId="3990D405" w14:textId="77777777" w:rsidR="007D10A4" w:rsidRPr="00A463C0" w:rsidRDefault="007D10A4" w:rsidP="00720885">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="297" w:firstLine="0"/>
         <w:jc w:val="thaiDistribute"/>
         <w:rPr>
           <w:rFonts w:cs="Cordia New"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-4"/>
           <w:cs/>
         </w:rPr>
@@ -379,276 +392,954 @@
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:i/>
           <w:cs/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:rFonts w:cs="Cordia New" w:hint="cs"/>
           <w:i/>
           <w:cs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A463C0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:i/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 12)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="042289F4" w14:textId="70C16857" w:rsidR="008B7D65" w:rsidRDefault="008B7D65" w:rsidP="007D10A4">
-[...11 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="042289F4" w14:textId="70C16857" w:rsidR="008B7D65" w:rsidRDefault="008B7D65" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46CCD45B" w14:textId="3AFB7F8D" w:rsidR="00CF28F6" w:rsidRDefault="00CF28F6" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C1D1D6E" w14:textId="77777777" w:rsidR="00CF28F6" w:rsidRPr="00CF7D32" w:rsidRDefault="00CF28F6" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF7D32">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ACKNOWLEDGMENT </w:t>
       </w:r>
       <w:r w:rsidRPr="00CF7D32">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(12 BOLD)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43FECC71" w14:textId="77777777" w:rsidR="00CF28F6" w:rsidRDefault="00CF28F6" w:rsidP="00CF28F6">
-[...1 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="43FECC71" w14:textId="77777777" w:rsidR="00CF28F6" w:rsidRDefault="00CF28F6" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk118811778"/>
-      <w:bookmarkStart w:id="4" w:name="_GoBack"/>
       <w:r w:rsidRPr="00CF7D32">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
         <w:t>This part of the paper includes those people A, B, or C that the author wishes to thank or those collaborating agencies who</w:t>
       </w:r>
       <w:r w:rsidRPr="00F02995">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> provided a grant for the realization of your study. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F02995">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>This section is compulsory. Grants, financial support and technical or other assistance are acknowledged at the end of the text before the references. All financial support for the project must be acknowledged. If there has been no financial assistance with the project, this must be clearly stated.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(12</w:t>
       </w:r>
       <w:r w:rsidRPr="008E4E81">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D590B8E" w14:textId="77777777" w:rsidR="00CF28F6" w:rsidRPr="00A463C0" w:rsidRDefault="00CF28F6" w:rsidP="007D10A4">
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="00CF28F6" w:rsidRPr="00A463C0" w:rsidSect="009E07AE">
+    <w:p w14:paraId="5D590B8E" w14:textId="77777777" w:rsidR="00CF28F6" w:rsidRDefault="00CF28F6" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5154AF5C" w14:textId="20ADCCDB" w:rsidR="00720885" w:rsidRPr="00B33922" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B33922">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>DECLARATION OF COMPETING INTEREST</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7D32">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(12 BOLD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5847B0C1" w14:textId="213F82FA" w:rsidR="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00720885">
+        <w:t>All authors must disclose any financial and personal relationships with other people or organizations that could inappropriately influence or bias their work.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720885">
+        <w:t xml:space="preserve">If none, please state: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720885">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>“The authors declare no competing interests.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126D0EB1" w14:textId="77777777" w:rsidR="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1990FFA2" w14:textId="6C5A7A6B" w:rsidR="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00720885">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>FUNDING SOURCE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7D32">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(12 BOLD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102E773D" w14:textId="1B8CE5BF" w:rsidR="00720885" w:rsidRPr="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00720885">
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Please specify all sources of financial support for the study. Include the funding agency, grant number (if applicable), and the role of the funder in the study.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720885">
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720885">
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If no funding was received, please state: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00720885">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>“This research received no specific grant from any funding agency in the public, commercial, or not-for-profit sectors.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1B76F5" w14:textId="77777777" w:rsidR="00720885" w:rsidRPr="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DDB8A41" w14:textId="77777777" w:rsidR="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="327B33D3" w14:textId="2450B03A" w:rsidR="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00720885">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>AUTHORS’ CONTRIBUTIONS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7D32">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(12 BOLD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE1EBF7" w14:textId="77777777" w:rsidR="00860243" w:rsidRDefault="00860243" w:rsidP="00860243">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00860243">
+        <w:t xml:space="preserve">Authors must describe individual contributions using the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00860243">
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00860243">
+        <w:t xml:space="preserve"> (Contributor Roles Taxonomy). Contributions may include, but are not limited to: Conceptualization, Methodology, Formal Analysis, Investigation, Data Curation, Writing – Original Draft, Writing – Review &amp; Editing, Visualization, Supervision, Project Administration, and Funding Acquisition.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Example:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD5C671" w14:textId="54834459" w:rsidR="00720885" w:rsidRPr="00860243" w:rsidRDefault="00860243" w:rsidP="00860243">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t>First Author</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860243">
+        <w:t>: Conceptualization, Methodology, Investigation, Data Curation, Formal Analysis, Writing – Original Draft.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860243">
+        <w:br/>
+        <w:t>Second Author Name: Methodology, Validation, Writing – Review &amp; Editing.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860243">
+        <w:br/>
+        <w:t>Third Author Name: Resources, Supervision, Project Administration.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860243">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00860243">
+        <w:lastRenderedPageBreak/>
+        <w:t>Fourth Author Name: Visualization, Writing – Review &amp; Editing, Funding Acquisition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="405A92C0" w14:textId="77777777" w:rsidR="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77D18DE6" w14:textId="06EC0F4C" w:rsidR="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00720885">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>AVAILABILITY OF DATA AND MATERIALS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF7D32">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(12 BOLD)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4126A696" w14:textId="77777777" w:rsidR="00720885" w:rsidRPr="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00720885">
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>Indicate whether the data supporting the findings are available and how they may be accessed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02D1AB07" w14:textId="77777777" w:rsidR="00720885" w:rsidRPr="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00720885">
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>If data are publicly available, provide the repository name and link.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409AD98D" w14:textId="77777777" w:rsidR="00720885" w:rsidRPr="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00720885">
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+        <w:t>If data are not publicly available, please state the reason (e.g., ethical restrictions) and whether data may be available upon reasonable request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D2765CC" w14:textId="77777777" w:rsidR="00720885" w:rsidRPr="00720885" w:rsidRDefault="00720885" w:rsidP="00720885">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:lang w:val="en-PH"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00720885" w:rsidRPr="00720885" w:rsidSect="009E07AE">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...3 lines deleted...]
-    <w:family w:val="swiss"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
-    <w:altName w:val="Cordia New"/>
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0EAE693C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C8248430"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37422B4A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D200CD0C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="2097315416">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1676034071">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D10A4"/>
     <w:rsid w:val="00553C17"/>
+    <w:rsid w:val="00720885"/>
     <w:rsid w:val="007D10A4"/>
+    <w:rsid w:val="008121F5"/>
+    <w:rsid w:val="00860243"/>
     <w:rsid w:val="008B7D65"/>
     <w:rsid w:val="00A463C0"/>
     <w:rsid w:val="00CF28F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="41689489"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7844A429-3191-4BEC-BAA9-8E6CC6D8D7D9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -980,115 +1671,115 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:rsid w:val="007D10A4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
       <w:ind w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="th-TH"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D10A4"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1312,55 +2003,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1185</Characters>
+  <Pages>2</Pages>
+  <Words>465</Words>
+  <Characters>2652</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1390</CharactersWithSpaces>
+  <CharactersWithSpaces>3111</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>OMSC</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>